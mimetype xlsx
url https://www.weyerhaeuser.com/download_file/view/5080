--- v0 (2025-10-06)
+++ v1 (2026-03-14)
@@ -1,1605 +1,1524 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="23231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dillj\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://weyerhaeuser-my.sharepoint.com/personal/stuckea_weyerhaeuser_com/Documents/Misc/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1B585E80-3BA6-45FA-9217-F5B94CC03D68}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{573F705B-2DD6-432B-9662-3614B00DE036}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="6540" yWindow="-16200" windowWidth="20730" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{72B185B4-A4C2-4532-A1EC-544E85D56DCA}"/>
   </bookViews>
   <sheets>
-    <sheet name="Atlanta" sheetId="2" r:id="rId1"/>
+    <sheet name="Atlanta" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="112">
-[...219 lines deleted...]
-    <t>1-1/2" x 7-1/4"</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="108">
+  <si>
+    <t>16', 20', 24', 32'</t>
+  </si>
+  <si>
+    <t>1-1/2" x 5-1/2"</t>
+  </si>
+  <si>
+    <t>20', 24', 32'</t>
   </si>
   <si>
     <t>1-1/2" x 3-1/2"</t>
   </si>
   <si>
-    <t>1-1/2" x 5-1/2"</t>
-[...217 lines deleted...]
-      <t>TJI</t>
+    <r>
+      <t>Timberstrand</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">® </t>
+      <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>Joist Products  - DC will cut to desired length</t>
-[...97 lines deleted...]
-      <t>2.0E Parallam</t>
+      <t xml:space="preserve"> 1.3E Wall Framing  </t>
+    </r>
+  </si>
+  <si>
+    <t>24' &amp; 32'</t>
+  </si>
+  <si>
+    <t>1-1/2" x 7-1/4"</t>
+  </si>
+  <si>
+    <r>
+      <t>Timberstrand</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> PSL Header Products - DC will cut to desired length</t>
-[...36 lines deleted...]
-      <t>Treated Parallam Plus</t>
+      <t xml:space="preserve"> 1.5E Premium Lumber</t>
+    </r>
+  </si>
+  <si>
+    <t>16', 32'</t>
+  </si>
+  <si>
+    <t>3-1/2" x 7-1/4"</t>
+  </si>
+  <si>
+    <t>16'</t>
+  </si>
+  <si>
+    <t>3-1/2" x 5-1/2"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 4-3/8"</t>
+  </si>
+  <si>
+    <r>
+      <t>Timberstrand</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> PSL Header Products  - DC will cut to desired length</t>
-    </r>
+      <t xml:space="preserve"> 1.3E Header  </t>
+    </r>
+  </si>
+  <si>
+    <t>24', 32'</t>
+  </si>
+  <si>
+    <t>3-1/2" x 11-7/8"</t>
+  </si>
+  <si>
+    <t>48'</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>3-1/2" x 9-1/2"</t>
+  </si>
+  <si>
+    <t>1-3/4" x 14"</t>
+  </si>
+  <si>
+    <t>1-3/4" x 11-7/8"</t>
   </si>
   <si>
     <r>
       <t>Timberstrand</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> LSL Rim Board</t>
-    </r>
+      <t xml:space="preserve"> 1.55E Beams and Header  </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">1-1/8" x 16"  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1-1/8" x 14"  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1-1/8" x 11-7/8"  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1-1/8" x 9-1/2"  </t>
+  </si>
+  <si>
+    <t>OS Rim Board</t>
+  </si>
+  <si>
+    <t>1-1/4" x 18"</t>
   </si>
   <si>
     <t>1-1/4" x 16"</t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">1-1/8" x 16"  </t>
   </si>
   <si>
     <r>
       <t>Timberstrand</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 1.55E Beams and Header  </t>
-[...22 lines deleted...]
-      <t>Timberstrand</t>
+      <t xml:space="preserve"> LSL Rim Board</t>
+    </r>
+  </si>
+  <si>
+    <t>7" x 7"</t>
+  </si>
+  <si>
+    <t>40', 48'</t>
+  </si>
+  <si>
+    <t>5-1/4" x 16"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 14"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 11-7/8"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 9-1/4"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 16"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 14"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 9-1/4"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 5-1/4" Column</t>
+  </si>
+  <si>
+    <r>
+      <t>Treated Parallam Plus</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 1.3E Header  </t>
-[...16 lines deleted...]
-      <t>Timberstrand</t>
+      <t xml:space="preserve"> PSL Header Products  - All products available in even footage only</t>
+    </r>
+  </si>
+  <si>
+    <t>10', 12', 48'</t>
+  </si>
+  <si>
+    <t>5-1/4" x 7"</t>
+  </si>
+  <si>
+    <t>10', 12', 14', 48'</t>
+  </si>
+  <si>
+    <t>5-1/4" x 5-1/4"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 7"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 10', 12', 48'</t>
+  </si>
+  <si>
+    <t>3-1/2" x 5-1/4"</t>
+  </si>
+  <si>
+    <t>10', 12', 16'</t>
+  </si>
+  <si>
+    <t>3-1/2" x 3-1/2"</t>
+  </si>
+  <si>
+    <r>
+      <t>1.8E Parallam</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> PSL Column Products  - All products available in even footage only</t>
+    </r>
+  </si>
+  <si>
+    <t>7" x 18"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 18"</t>
+  </si>
+  <si>
+    <t>5-1/4" x 9-1/2"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 18"</t>
+  </si>
+  <si>
+    <t>3-1/2" x 9-1/4</t>
+  </si>
+  <si>
+    <r>
+      <t>2.0E Parallam</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
       <t>®</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 1.3E Wall Framing  </t>
-[...7 lines deleted...]
-      <t>Timberstrand</t>
+      <t xml:space="preserve"> PSL Header Products - All products available in even footage only</t>
+    </r>
+  </si>
+  <si>
+    <t>20', 24', 32', 36', 40', 48', 52'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 24" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>20', 24', 48', 52'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 20" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>20', 22', 24', 28', 32', 36', 40', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 18" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>16', 18', 20', 22', 24', 28', 32', 36', 40', 44', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 16" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>16', 18', 20', 22', 24', 40', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 14" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>16', 20', 22', 24', 28', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 11.875" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>18', 20', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 9.5" Watershed Overlay</t>
+  </si>
+  <si>
+    <t>1-3/4" x 5.5" Non Water</t>
+  </si>
+  <si>
+    <t>18', 20', 24', 28', 32', 36', 40', 44', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 16" ML SSS</t>
+  </si>
+  <si>
+    <t>16', 18', 20', 22', 40', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 14" ML SSS</t>
+  </si>
+  <si>
+    <t>12', 14', 16', 18', 20', 24', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 11.875" ML SSS</t>
+  </si>
+  <si>
+    <t>10', 12', 14', 16', 48'</t>
+  </si>
+  <si>
+    <t>1-3/4" x 9.25" ML SSS</t>
+  </si>
+  <si>
+    <t>1-3/4" x 7.25" ML SSS</t>
+  </si>
+  <si>
+    <r>
+      <t>Microllam</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> 2.0E LVL Products   - All products available in even footage only</t>
+    </r>
+  </si>
+  <si>
+    <t>24', 26', 28', 52', 60'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>560 Series 16"</t>
+    </r>
+  </si>
+  <si>
+    <t>52'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>560 Series 11-7/8"</t>
+    </r>
+  </si>
+  <si>
+    <t>60'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>360 Series 18"</t>
+    </r>
+  </si>
+  <si>
+    <t>22', 24', 26', 32', 40', 48', 52'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>360 Series 16"</t>
+    </r>
+  </si>
+  <si>
+    <t>42', 48'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>360 Series 14"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>360 Series 11-7/8"</t>
+    </r>
+  </si>
+  <si>
+    <t>24', 28', 40', 48'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>210 Series 16"</t>
+    </r>
+  </si>
+  <si>
+    <t>36', 40', 48', 52'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>210 Series 14"</t>
+    </r>
+  </si>
+  <si>
+    <t>36', 40', 48'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>210 Series 11-7/8"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>210 Series 9-1/2"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>110 Series 14"</t>
+    </r>
+  </si>
+  <si>
+    <t>32', 36', 40', 48'</t>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>®</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="12"/>
+        <color indexed="56"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t>110 Series 11-7/8"</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>TJI</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <rFont val="Copperplate Gothic Light"/>
         <family val="2"/>
       </rPr>
-      <t>®</t>
+      <t xml:space="preserve">® </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> 1.5E Premium Lumber</t>
-[...85 lines deleted...]
-    <t>20', 24', 32', 36', 48', 52'</t>
+      <t>Joist Products  - All products available in even footage only</t>
+    </r>
+  </si>
+  <si>
+    <t>Stock Lengths</t>
+  </si>
+  <si>
+    <t>Item</t>
+  </si>
+  <si>
+    <t>ELP Stock Lengths</t>
+  </si>
+  <si>
+    <t>Weyerhaeuser Atlanta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color indexed="56"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color indexed="56"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="14"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="14"/>
+      <name val="Copperplate Gothic Light"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="4" tint="-0.499984740745262"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <vertAlign val="superscript"/>
+      <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
+      <vertAlign val="superscript"/>
+      <sz val="12"/>
+      <color indexed="56"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
       <sz val="14"/>
+      <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="22"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
-    <font>
-[...58 lines deleted...]
-    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
-      <patternFill patternType="gray0625"/>
-[...1 lines deleted...]
-    <fill>
       <patternFill patternType="solid">
         <fgColor indexed="44"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
+      <patternFill patternType="gray0625"/>
+    </fill>
+    <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="11"/>
+        <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="65"/>
+        <fgColor indexed="11"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right style="double">
         <color indexed="64"/>
       </right>
-      <top style="double">
-[...2 lines deleted...]
-      <bottom/>
+      <top/>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="double">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="double">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="double">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="double">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="double">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="double">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thick">
-[...2 lines deleted...]
-      <right/>
+      <left/>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...2 lines deleted...]
-      </right>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="thick">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="double">
-[...1 lines deleted...]
-      </left>
+      <left/>
+      <right style="thick">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top/>
-      <bottom style="double">
+      <bottom style="thick">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thick">
-[...11 lines deleted...]
-      <bottom/>
+      <top/>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color indexed="64"/>
       </right>
-      <top style="thick">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thick">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
-[...22 lines deleted...]
-      </bottom>
+      <top style="thick">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...87 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1732,1003 +1651,962 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="B1:F97"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B29EDB18-72F2-43A5-8005-23414AC73BAD}">
+  <dimension ref="B1:F94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D35" sqref="D35"/>
+      <selection activeCell="D93" sqref="D93"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.59765625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="50.265625" customWidth="1"/>
+    <col min="1" max="1" width="10.5546875" customWidth="1"/>
+    <col min="2" max="2" width="50.44140625" customWidth="1"/>
+    <col min="4" max="4" width="50.33203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:5" ht="13.15" thickTop="1" x14ac:dyDescent="0.35">
-      <c r="B1" s="36" t="s">
+    <row r="1" spans="2:5" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="42" t="s">
+        <v>107</v>
+      </c>
+      <c r="C1" s="41"/>
+      <c r="D1" s="41"/>
+      <c r="E1" s="40"/>
+    </row>
+    <row r="2" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B2" s="39"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="37"/>
+    </row>
+    <row r="3" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B3" s="39"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="37"/>
+    </row>
+    <row r="4" spans="2:5" ht="28.2" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B4" s="36" t="s">
+        <v>106</v>
+      </c>
+      <c r="C4" s="35"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="34"/>
+    </row>
+    <row r="5" spans="2:5" ht="14.4" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="6" spans="2:5" ht="19.2" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="33" t="s">
+        <v>105</v>
+      </c>
+      <c r="C6" s="32"/>
+      <c r="D6" s="31" t="s">
+        <v>104</v>
+      </c>
+      <c r="E6" s="30"/>
+    </row>
+    <row r="7" spans="2:5" ht="21" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C7" s="28"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="27"/>
+    </row>
+    <row r="8" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B8" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" s="4"/>
+    </row>
+    <row r="9" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B9" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E9" s="4"/>
+    </row>
+    <row r="10" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B10" s="23"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
+      <c r="E10" s="21"/>
+    </row>
+    <row r="11" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B11" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" s="4"/>
+    </row>
+    <row r="12" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B12" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" s="5"/>
+      <c r="D12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E12" s="4"/>
+    </row>
+    <row r="13" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B13" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" s="5"/>
+      <c r="D13" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" s="4"/>
+    </row>
+    <row r="14" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B14" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" s="4"/>
+    </row>
+    <row r="15" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B15" s="23"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="21"/>
+    </row>
+    <row r="16" spans="2:5" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B16" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" s="5"/>
+      <c r="D16" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" s="4"/>
+    </row>
+    <row r="17" spans="2:6" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B17" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E17" s="4"/>
+    </row>
+    <row r="18" spans="2:6" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B18" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="5"/>
+      <c r="D18" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" s="4"/>
+    </row>
+    <row r="19" spans="2:6" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B19" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="5"/>
+      <c r="D19" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="4"/>
+      <c r="F19" s="26"/>
+    </row>
+    <row r="20" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B20" s="23"/>
+      <c r="C20" s="22"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="21"/>
+    </row>
+    <row r="21" spans="2:6" s="17" customFormat="1" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B21" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C21" s="25"/>
+      <c r="D21" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="E21" s="24"/>
+    </row>
+    <row r="22" spans="2:6" ht="19.2" x14ac:dyDescent="0.35">
+      <c r="B22" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" s="4"/>
+    </row>
+    <row r="23" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B23" s="23"/>
+      <c r="C23" s="22"/>
+      <c r="D23" s="22"/>
+      <c r="E23" s="21"/>
+    </row>
+    <row r="24" spans="2:6" ht="21" x14ac:dyDescent="0.35">
+      <c r="B24" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="7"/>
+    </row>
+    <row r="25" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B25" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C25" s="5"/>
+      <c r="D25" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E25" s="4"/>
+    </row>
+    <row r="26" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B26" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C26" s="5"/>
+      <c r="D26" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="E26" s="4"/>
+    </row>
+    <row r="27" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B27" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C27" s="5"/>
+      <c r="D27" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E27" s="4"/>
+    </row>
+    <row r="28" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B28" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="5"/>
+      <c r="D28" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E28" s="4"/>
+    </row>
+    <row r="29" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B29" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E29" s="4"/>
+    </row>
+    <row r="30" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B30" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="4"/>
+    </row>
+    <row r="31" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B31" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" s="4"/>
+    </row>
+    <row r="32" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B32" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="5"/>
+      <c r="D32" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E32" s="4"/>
+    </row>
+    <row r="33" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B33" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C33" s="5"/>
+      <c r="D33" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="E33" s="4"/>
+    </row>
+    <row r="34" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B34" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C34" s="5"/>
+      <c r="D34" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E34" s="4"/>
+    </row>
+    <row r="35" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B35" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E35" s="4"/>
+    </row>
+    <row r="36" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B36" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" s="4"/>
+    </row>
+    <row r="37" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B37" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C37" s="5"/>
+      <c r="D37" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" s="4"/>
+    </row>
+    <row r="38" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B38" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8"/>
+      <c r="E38" s="7"/>
+    </row>
+    <row r="39" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B39" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C39" s="5"/>
+      <c r="D39" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E39" s="4"/>
+    </row>
+    <row r="40" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B40" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C40" s="5"/>
+      <c r="D40" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E40" s="4"/>
+    </row>
+    <row r="41" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B41" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" s="5"/>
+      <c r="D41" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E41" s="4"/>
+    </row>
+    <row r="42" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B42" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C42" s="5"/>
+      <c r="D42" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E42" s="4"/>
+    </row>
+    <row r="43" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B43" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E43" s="4"/>
+    </row>
+    <row r="44" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B44" s="16"/>
+      <c r="C44" s="15"/>
+      <c r="D44" s="15"/>
+      <c r="E44" s="14"/>
+    </row>
+    <row r="45" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B45" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C45" s="5"/>
+      <c r="D45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="4"/>
+    </row>
+    <row r="46" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B46" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E46" s="4"/>
+    </row>
+    <row r="47" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B47" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" s="5"/>
+      <c r="D47" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="4"/>
+    </row>
+    <row r="48" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B48" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C48" s="5"/>
+      <c r="D48" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E48" s="4"/>
+    </row>
+    <row r="49" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B49" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C49" s="5"/>
+      <c r="D49" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E49" s="4"/>
+    </row>
+    <row r="50" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B50" s="16"/>
+      <c r="C50" s="15"/>
+      <c r="D50" s="15"/>
+      <c r="E50" s="14"/>
+    </row>
+    <row r="51" spans="2:6" s="17" customFormat="1" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B51" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C51" s="19"/>
+      <c r="D51" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="E51" s="18"/>
+    </row>
+    <row r="52" spans="2:6" ht="21" x14ac:dyDescent="0.35">
+      <c r="B52" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C52" s="8"/>
+      <c r="D52" s="8"/>
+      <c r="E52" s="7"/>
+    </row>
+    <row r="53" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B53" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C53" s="5"/>
+      <c r="D53" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" s="4"/>
+    </row>
+    <row r="54" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B54" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="C1" s="37"/>
-[...16 lines deleted...]
-      <c r="B4" s="42" t="s">
+      <c r="E54" s="4"/>
+    </row>
+    <row r="55" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B55" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C55" s="5"/>
+      <c r="D55" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E55" s="4"/>
+    </row>
+    <row r="56" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B56" s="16"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="14"/>
+    </row>
+    <row r="57" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B57" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C57" s="5"/>
+      <c r="D57" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E57" s="4"/>
+    </row>
+    <row r="58" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B58" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C58" s="5"/>
+      <c r="D58" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E58" s="4"/>
+    </row>
+    <row r="59" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B59" s="16"/>
+      <c r="C59" s="15"/>
+      <c r="D59" s="15"/>
+      <c r="E59" s="14"/>
+    </row>
+    <row r="60" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B60" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C60" s="5"/>
+      <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="4"/>
+    </row>
+    <row r="61" spans="2:6" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B61" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C61" s="8"/>
+      <c r="D61" s="8"/>
+      <c r="E61" s="7"/>
+    </row>
+    <row r="62" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B62" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C62" s="13"/>
+      <c r="D62" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E62" s="11"/>
+      <c r="F62" s="10"/>
+    </row>
+    <row r="63" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B63" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C63" s="5"/>
+      <c r="D63" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E63" s="4"/>
+    </row>
+    <row r="64" spans="2:6" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B64" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C64" s="5"/>
+      <c r="D64" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E64" s="4"/>
+    </row>
+    <row r="65" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B65" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C65" s="5"/>
+      <c r="D65" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E65" s="4"/>
+    </row>
+    <row r="66" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B66" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C66" s="5"/>
+      <c r="D66" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E66" s="4"/>
+    </row>
+    <row r="67" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B67" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C67" s="5"/>
+      <c r="D67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E67" s="4"/>
+    </row>
+    <row r="68" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B68" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C68" s="5"/>
+      <c r="D68" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E68" s="4"/>
+    </row>
+    <row r="69" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B69" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E69" s="4"/>
+    </row>
+    <row r="70" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B70" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C70" s="5"/>
+      <c r="D70" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E70" s="4"/>
+    </row>
+    <row r="71" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B71" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C71" s="5"/>
+      <c r="D71" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E71" s="4"/>
+    </row>
+    <row r="72" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B72" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C72" s="8"/>
+      <c r="D72" s="8"/>
+      <c r="E72" s="7"/>
+    </row>
+    <row r="73" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B73" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C73" s="5"/>
+      <c r="D73" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="4"/>
+    </row>
+    <row r="74" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B74" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C74" s="5"/>
+      <c r="D74" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" s="4"/>
+    </row>
+    <row r="75" spans="2:5" ht="18" x14ac:dyDescent="0.35">
+      <c r="B75" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75" s="8"/>
+      <c r="D75" s="8"/>
+      <c r="E75" s="7"/>
+    </row>
+    <row r="76" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B76" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C76" s="5"/>
+      <c r="D76" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" s="4"/>
+    </row>
+    <row r="77" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B77" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" s="5"/>
+      <c r="D77" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="4"/>
+    </row>
+    <row r="78" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B78" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C78" s="5"/>
+      <c r="D78" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" s="4"/>
+    </row>
+    <row r="79" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B79" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C79" s="5"/>
+      <c r="D79" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" s="4"/>
+    </row>
+    <row r="80" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B80" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C80" s="8"/>
+      <c r="D80" s="8"/>
+      <c r="E80" s="7"/>
+    </row>
+    <row r="81" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B81" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="C81" s="5"/>
+      <c r="D81" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E81" s="4"/>
+    </row>
+    <row r="82" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="5"/>
+      <c r="D82" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E82" s="4"/>
+    </row>
+    <row r="83" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B83" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E83" s="4"/>
+    </row>
+    <row r="84" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B84" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C4" s="43"/>
-[...5 lines deleted...]
-      <c r="B6" s="17" t="s">
+      <c r="E84" s="4"/>
+    </row>
+    <row r="85" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B85" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" s="8"/>
+      <c r="D85" s="8"/>
+      <c r="E85" s="7"/>
+    </row>
+    <row r="86" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B86" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B87" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C87" s="5"/>
+      <c r="D87" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="4"/>
+    </row>
+    <row r="88" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B88" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="5"/>
+      <c r="D88" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E88" s="4"/>
+    </row>
+    <row r="89" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B89" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="C89" s="8"/>
+      <c r="D89" s="8"/>
+      <c r="E89" s="7"/>
+    </row>
+    <row r="90" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B90" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C90" s="5"/>
+      <c r="D90" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E90" s="4"/>
+    </row>
+    <row r="91" spans="2:5" ht="20.399999999999999" x14ac:dyDescent="0.35">
+      <c r="B91" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" s="8"/>
+      <c r="D91" s="8"/>
+      <c r="E91" s="7"/>
+    </row>
+    <row r="92" spans="2:5" ht="16.2" x14ac:dyDescent="0.35">
+      <c r="B92" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="C92" s="5"/>
+      <c r="D92" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E92" s="4"/>
+    </row>
+    <row r="93" spans="2:5" ht="16.8" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B93" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="18"/>
-[...871 lines deleted...]
-    <row r="97" ht="13.15" thickTop="1" x14ac:dyDescent="0.35"/>
+      <c r="E93" s="1"/>
+    </row>
+    <row r="94" spans="2:5" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:E3"/>
     <mergeCell ref="B4:E4"/>
   </mergeCells>
-  <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Atlanta</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Weyerhaeuser</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Weyerhaeuser</dc:creator>
+  <dc:creator>Stuckey, Amy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>